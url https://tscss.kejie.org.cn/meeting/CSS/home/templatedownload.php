--- v0 (2025-10-27)
+++ v1 (2026-01-31)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>邮箱地址</t>
   </si>
   <si>
     <t>手机号码</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>工作单位</t>
   </si>
   <si>
     <t>职称</t>
   </si>
   <si>
     <t>研究员</t>
   </si>
   <si>
     <t>副研究员</t>
   </si>
   <si>
     <t>助理研究员</t>
   </si>
   <si>
@@ -458,50 +458,83 @@
     <t>医士</t>
   </si>
   <si>
     <t>编辑（X）</t>
   </si>
   <si>
     <t>主任药师</t>
   </si>
   <si>
     <t>高级统计师</t>
   </si>
   <si>
     <t>研究学者</t>
   </si>
   <si>
     <t>在读硕士</t>
   </si>
   <si>
     <t>毕业生</t>
   </si>
   <si>
     <t>算法工程师</t>
   </si>
   <si>
     <t>初级病理技师</t>
+  </si>
+  <si>
+    <t>技士</t>
+  </si>
+  <si>
+    <t>在校研究生</t>
+  </si>
+  <si>
+    <t>主管检验师</t>
+  </si>
+  <si>
+    <t>中级工程师</t>
+  </si>
+  <si>
+    <t>教授、高校教师</t>
+  </si>
+  <si>
+    <t>规培生</t>
+  </si>
+  <si>
+    <t>副教授、副主任医师/医生</t>
+  </si>
+  <si>
+    <t>初级医师</t>
+  </si>
+  <si>
+    <t>在读</t>
+  </si>
+  <si>
+    <t>老师</t>
+  </si>
+  <si>
+    <t>硕士生在读</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -2343,1570 +2376,1570 @@
     <row r="493" spans="1:5">
       <c r="E493"/>
     </row>
     <row r="494" spans="1:5">
       <c r="E494"/>
     </row>
     <row r="495" spans="1:5">
       <c r="E495"/>
     </row>
     <row r="496" spans="1:5">
       <c r="E496"/>
     </row>
     <row r="497" spans="1:5">
       <c r="E497"/>
     </row>
     <row r="498" spans="1:5">
       <c r="E498"/>
     </row>
     <row r="499" spans="1:5">
       <c r="E499"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <dataValidations count="500">
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E0">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E1">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E2">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E3">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E4">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E5">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E6">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E7">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E8">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E9">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E10">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E11">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E12">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E13">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E14">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E15">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E16">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E17">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E18">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E19">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E20">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E21">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E22">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E23">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E24">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E25">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E26">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E27">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E28">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E29">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E30">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E31">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E32">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E33">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E34">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E35">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E36">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E37">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E38">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E39">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E40">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E41">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E42">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E43">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E44">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E45">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E46">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E47">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E48">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E49">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E50">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E51">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E52">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E53">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E54">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E55">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E56">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E57">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E58">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E59">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E60">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E61">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E62">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E63">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E64">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E65">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E66">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E67">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E68">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E69">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E70">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E71">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E72">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E73">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E74">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E75">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E76">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E77">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E78">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E79">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E80">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E81">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E82">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E83">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E84">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E85">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E86">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E87">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E88">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E89">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E90">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E91">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E92">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E93">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E94">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E95">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E96">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E97">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E98">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E99">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E100">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E101">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E102">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E103">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E104">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E105">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E106">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E107">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E108">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E109">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E110">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E111">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E112">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E113">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E114">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E115">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E116">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E117">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E118">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E119">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E120">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E121">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E122">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E123">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E124">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E125">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E126">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E127">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E128">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E129">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E130">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E131">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E132">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E133">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E134">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E135">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E136">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E137">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E138">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E139">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E140">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E141">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E142">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E143">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E144">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E145">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E146">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E147">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E148">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E149">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E150">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E151">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E152">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E153">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E154">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E155">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E156">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E157">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E158">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E159">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E160">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E161">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E162">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E163">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E164">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E165">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E166">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E167">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E168">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E169">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E170">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E171">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E172">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E173">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E174">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E175">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E176">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E177">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E178">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E179">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E180">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E181">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E182">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E183">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E184">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E185">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E186">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E187">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E188">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E189">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E190">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E191">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E192">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E193">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E194">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E195">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E196">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E197">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E198">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E199">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E200">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E201">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E202">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E203">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E204">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E205">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E206">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E207">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E208">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E209">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E210">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E211">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E212">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E213">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E214">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E215">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E216">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E217">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E218">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E219">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E220">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E221">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E222">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E223">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E224">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E225">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E226">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E227">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E228">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E229">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E230">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E231">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E232">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E233">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E234">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E235">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E236">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E237">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E238">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E239">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E240">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E241">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E242">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E243">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E244">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E245">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E246">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E247">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E248">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E249">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E250">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E251">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E252">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E253">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E254">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E255">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E256">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E257">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E258">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E259">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E260">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E261">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E262">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E263">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E264">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E265">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E266">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E267">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E268">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E269">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E270">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E271">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E272">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E273">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E274">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E275">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E276">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E277">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E278">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E279">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E280">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E281">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E282">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E283">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E284">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E285">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E286">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E287">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E288">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E289">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E290">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E291">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E292">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E293">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E294">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E295">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E296">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E297">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E298">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E299">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E300">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E301">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E302">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E303">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E304">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E305">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E306">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E307">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E308">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E309">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E310">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E311">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E312">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E313">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E314">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E315">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E316">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E317">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E318">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E319">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E320">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E321">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E322">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E323">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E324">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E325">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E326">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E327">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E328">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E329">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E330">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E331">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E332">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E333">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E334">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E335">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E336">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E337">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E338">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E339">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E340">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E341">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E342">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E343">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E344">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E345">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E346">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E347">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E348">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E349">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E350">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E351">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E352">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E353">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E354">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E355">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E356">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E357">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E358">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E359">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E360">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E361">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E362">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E363">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E364">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E365">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E366">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E367">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E368">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E369">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E370">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E371">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E372">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E373">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E374">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E375">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E376">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E377">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E378">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E379">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E380">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E381">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E382">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E383">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E384">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E385">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E386">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E387">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E388">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E389">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E390">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E391">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E392">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E393">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E394">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E395">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E396">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E397">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E398">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E399">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E400">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E401">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E402">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E403">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E404">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E405">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E406">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E407">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E408">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E409">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E410">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E411">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E412">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E413">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E414">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E415">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E416">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E417">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E418">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E419">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E420">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E421">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E422">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E423">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E424">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E425">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E426">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E427">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E428">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E429">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E430">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E431">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E432">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E433">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E434">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E435">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E436">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E437">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E438">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E439">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E440">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E441">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E442">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E443">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E444">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E445">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E446">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E447">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E448">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E449">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E450">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E451">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E452">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E453">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E454">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E455">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E456">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E457">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E458">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E459">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E460">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E461">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E462">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E463">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E464">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E465">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E466">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E467">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E468">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E469">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E470">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E471">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E472">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E473">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E474">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E475">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E476">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E477">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E478">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E479">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E480">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E481">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E482">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E483">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E484">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E485">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E486">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E487">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E488">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E489">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E490">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E491">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E492">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E493">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E494">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E495">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E496">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E497">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E498">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="E499">
-      <formula1>data!$A$1:$A$143</formula1>
+      <formula1>data!$A$1:$A$154</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:A143"/>
+  <dimension ref="A1:A154"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:1">
       <c r="A1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:1">
       <c r="A2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:1">
       <c r="A3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:1">
       <c r="A4" t="s">
         <v>8</v>
@@ -4583,50 +4616,105 @@
       </c>
     </row>
     <row r="139" spans="1:1">
       <c r="A139" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="140" spans="1:1">
       <c r="A140" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="141" spans="1:1">
       <c r="A141" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="142" spans="1:1">
       <c r="A142" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:1">
       <c r="A143" t="s">
         <v>147</v>
+      </c>
+    </row>
+    <row r="144" spans="1:1">
+      <c r="A144" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="145" spans="1:1">
+      <c r="A145" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="146" spans="1:1">
+      <c r="A146" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="147" spans="1:1">
+      <c r="A147" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="148" spans="1:1">
+      <c r="A148" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="149" spans="1:1">
+      <c r="A149" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="150" spans="1:1">
+      <c r="A150" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="151" spans="1:1">
+      <c r="A151" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="152" spans="1:1">
+      <c r="A152" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="153" spans="1:1">
+      <c r="A153" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="154" spans="1:1">
+      <c r="A154" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">