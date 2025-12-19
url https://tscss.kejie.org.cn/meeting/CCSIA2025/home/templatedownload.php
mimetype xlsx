--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>邮箱地址</t>
   </si>
   <si>
     <t>手机号码</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>性别</t>
   </si>
   <si>
     <t>工作单位</t>
   </si>
   <si>
     <t>职务</t>
   </si>
   <si>
     <t>职称</t>
   </si>
   <si>
     <t>首选分会场</t>
   </si>
   <si>
@@ -503,50 +503,80 @@
     <t>医士</t>
   </si>
   <si>
     <t>编辑（X）</t>
   </si>
   <si>
     <t>主任药师</t>
   </si>
   <si>
     <t>高级统计师</t>
   </si>
   <si>
     <t>研究学者</t>
   </si>
   <si>
     <t>在读硕士</t>
   </si>
   <si>
     <t>毕业生</t>
   </si>
   <si>
     <t>算法工程师</t>
   </si>
   <si>
     <t>初级病理技师</t>
+  </si>
+  <si>
+    <t>技士</t>
+  </si>
+  <si>
+    <t>在校研究生</t>
+  </si>
+  <si>
+    <t>主管检验师</t>
+  </si>
+  <si>
+    <t>中级工程师</t>
+  </si>
+  <si>
+    <t>教授、高校教师</t>
+  </si>
+  <si>
+    <t>规培生</t>
+  </si>
+  <si>
+    <t>副教授、副主任医师/医生</t>
+  </si>
+  <si>
+    <t>初级医师</t>
+  </si>
+  <si>
+    <t>在读</t>
+  </si>
+  <si>
+    <t>老师</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -4893,1548 +4923,1548 @@
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D492">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D493">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D494">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D495">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D496">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D497">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D498">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D499">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G0">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G1">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G2">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G3">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G4">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G5">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G6">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G7">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G8">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G9">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G10">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G11">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G12">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G13">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G14">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G15">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G16">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G17">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G18">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G19">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G20">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G21">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G22">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G23">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G24">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G25">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G26">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G27">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G28">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G29">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G30">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G31">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G32">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G33">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G34">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G35">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G36">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G37">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G38">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G39">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G40">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G41">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G42">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G43">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G44">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G45">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G46">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G47">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G48">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G49">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G50">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G51">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G52">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G53">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G54">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G55">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G56">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G57">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G58">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G59">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G60">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G61">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G62">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G63">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G64">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G65">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G66">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G67">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G68">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G69">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G70">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G71">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G72">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G73">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G74">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G75">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G76">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G77">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G78">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G79">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G80">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G81">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G82">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G83">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G84">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G85">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G86">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G87">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G88">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G89">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G90">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G91">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G92">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G93">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G94">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G95">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G96">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G97">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G98">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G99">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G100">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G101">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G102">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G103">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G104">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G105">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G106">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G107">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G108">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G109">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G110">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G111">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G112">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G113">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G114">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G115">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G116">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G117">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G118">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G119">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G120">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G121">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G122">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G123">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G124">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G125">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G126">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G127">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G128">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G129">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G130">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G131">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G132">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G133">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G134">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G135">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G136">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G137">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G138">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G139">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G140">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G141">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G142">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G143">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G144">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G145">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G146">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G147">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G148">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G149">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G150">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G151">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G152">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G153">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G154">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G155">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G156">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G157">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G158">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G159">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G160">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G161">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G162">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G163">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G164">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G165">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G166">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G167">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G168">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G169">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G170">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G171">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G172">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G173">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G174">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G175">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G176">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G177">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G178">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G179">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G180">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G181">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G182">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G183">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G184">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G185">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G186">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G187">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G188">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G189">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G190">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G191">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G192">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G193">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G194">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G195">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G196">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G197">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G198">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G199">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G200">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G201">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G202">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G203">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G204">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G205">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G206">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G207">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G208">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G209">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G210">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G211">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G212">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G213">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G214">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G215">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G216">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G217">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G218">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G219">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G220">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G221">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G222">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G223">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G224">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G225">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G226">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G227">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G228">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G229">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G230">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G231">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G232">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G233">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G234">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G235">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G236">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G237">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G238">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G239">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G240">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G241">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G242">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G243">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G244">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G245">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G246">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G247">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G248">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G249">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G250">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G251">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G252">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G253">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G254">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G255">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G256">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G257">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G258">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G259">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G260">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G261">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G262">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G263">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G264">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G265">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G266">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G267">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G268">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G269">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G270">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G271">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G272">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G273">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G274">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G275">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G276">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G277">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G278">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G279">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G280">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G281">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G282">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G283">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G284">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G285">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G286">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G287">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G288">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G289">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G290">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G291">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G292">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G293">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G294">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G295">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G296">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G297">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G298">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G299">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G300">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G301">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G302">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G303">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G304">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G305">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G306">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G307">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G308">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G309">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G310">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G311">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G312">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G313">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G314">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G315">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G316">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G317">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G318">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G319">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G320">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G321">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G322">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G323">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G324">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G325">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G326">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G327">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G328">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G329">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G330">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G331">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G332">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G333">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G334">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G335">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G336">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G337">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G338">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G339">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G340">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G341">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G342">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G343">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G344">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G345">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G346">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G347">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G348">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G349">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G350">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G351">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G352">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G353">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G354">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G355">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G356">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G357">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G358">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G359">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G360">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G361">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G362">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G363">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G364">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G365">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G366">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G367">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G368">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G369">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G370">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G371">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G372">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G373">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G374">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G375">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G376">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G377">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G378">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G379">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G380">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G381">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G382">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G383">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G384">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G385">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G386">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G387">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G388">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G389">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G390">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G391">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G392">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G393">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G394">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G395">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G396">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G397">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G398">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G399">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G400">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G401">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G402">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G403">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G404">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G405">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G406">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G407">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G408">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G409">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G410">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G411">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G412">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G413">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G414">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G415">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G416">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G417">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G418">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G419">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G420">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G421">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G422">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G423">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G424">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G425">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G426">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G427">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G428">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G429">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G430">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G431">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G432">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G433">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G434">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G435">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G436">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G437">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G438">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G439">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G440">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G441">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G442">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G443">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G444">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G445">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G446">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G447">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G448">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G449">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G450">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G451">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G452">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G453">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G454">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G455">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G456">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G457">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G458">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G459">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G460">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G461">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G462">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G463">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G464">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G465">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G466">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G467">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G468">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G469">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G470">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G471">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G472">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G473">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G474">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G475">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G476">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G477">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G478">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G479">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G480">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G481">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G482">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G483">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G484">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G485">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G486">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G487">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G488">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G489">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G490">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G491">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G492">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G493">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G494">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G495">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G496">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G497">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G498">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G499">
-      <formula1>data!$B$1:$B$143</formula1>
+      <formula1>data!$B$1:$B$153</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H0">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H1">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H2">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H3">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H4">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H5">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H6">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H7">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
@@ -7912,51 +7942,51 @@
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H499">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C143"/>
+  <dimension ref="A1:C153"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>8</v>
       </c>
       <c r="B1" t="s">
         <v>9</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
@@ -8669,50 +8699,100 @@
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="B139" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="B140" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="B141" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="B142" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="B143" t="s">
         <v>162</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="B144" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="B145" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="B146" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="B147" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="B148" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="B149" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="B150" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="B151" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="B152" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="B153" t="s">
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">