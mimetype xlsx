--- v1 (2025-12-19)
+++ v2 (2026-03-20)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="174">
   <si>
     <t>邮箱地址</t>
   </si>
   <si>
     <t>手机号码</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>性别</t>
   </si>
   <si>
     <t>工作单位</t>
   </si>
   <si>
     <t>职务</t>
   </si>
   <si>
     <t>职称</t>
   </si>
   <si>
     <t>首选分会场</t>
   </si>
   <si>
@@ -533,50 +533,53 @@
     <t>在校研究生</t>
   </si>
   <si>
     <t>主管检验师</t>
   </si>
   <si>
     <t>中级工程师</t>
   </si>
   <si>
     <t>教授、高校教师</t>
   </si>
   <si>
     <t>规培生</t>
   </si>
   <si>
     <t>副教授、副主任医师/医生</t>
   </si>
   <si>
     <t>初级医师</t>
   </si>
   <si>
     <t>在读</t>
   </si>
   <si>
     <t>老师</t>
+  </si>
+  <si>
+    <t>硕士生在读</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
@@ -4923,1548 +4926,1548 @@
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D492">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D493">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D494">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D495">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D496">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D497">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D498">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D499">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G0">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G1">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G2">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G3">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G4">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G5">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G6">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G7">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G8">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G9">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G10">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G11">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G12">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G13">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G14">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G15">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G16">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G17">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G18">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G19">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G20">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G21">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G22">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G23">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G24">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G25">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G26">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G27">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G28">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G29">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G30">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G31">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G32">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G33">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G34">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G35">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G36">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G37">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G38">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G39">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G40">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G41">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G42">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G43">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G44">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G45">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G46">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G47">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G48">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G49">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G50">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G51">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G52">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G53">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G54">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G55">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G56">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G57">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G58">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G59">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G60">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G61">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G62">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G63">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G64">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G65">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G66">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G67">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G68">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G69">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G70">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G71">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G72">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G73">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G74">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G75">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G76">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G77">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G78">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G79">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G80">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G81">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G82">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G83">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G84">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G85">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G86">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G87">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G88">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G89">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G90">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G91">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G92">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G93">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G94">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G95">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G96">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G97">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G98">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G99">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G100">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G101">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G102">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G103">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G104">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G105">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G106">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G107">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G108">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G109">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G110">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G111">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G112">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G113">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G114">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G115">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G116">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G117">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G118">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G119">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G120">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G121">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G122">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G123">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G124">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G125">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G126">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G127">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G128">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G129">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G130">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G131">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G132">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G133">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G134">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G135">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G136">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G137">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G138">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G139">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G140">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G141">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G142">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G143">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G144">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G145">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G146">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G147">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G148">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G149">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G150">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G151">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G152">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G153">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G154">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G155">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G156">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G157">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G158">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G159">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G160">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G161">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G162">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G163">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G164">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G165">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G166">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G167">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G168">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G169">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G170">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G171">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G172">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G173">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G174">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G175">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G176">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G177">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G178">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G179">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G180">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G181">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G182">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G183">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G184">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G185">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G186">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G187">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G188">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G189">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G190">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G191">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G192">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G193">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G194">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G195">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G196">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G197">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G198">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G199">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G200">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G201">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G202">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G203">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G204">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G205">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G206">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G207">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G208">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G209">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G210">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G211">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G212">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G213">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G214">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G215">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G216">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G217">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G218">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G219">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G220">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G221">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G222">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G223">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G224">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G225">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G226">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G227">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G228">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G229">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G230">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G231">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G232">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G233">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G234">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G235">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G236">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G237">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G238">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G239">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G240">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G241">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G242">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G243">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G244">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G245">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G246">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G247">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G248">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G249">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G250">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G251">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G252">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G253">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G254">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G255">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G256">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G257">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G258">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G259">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G260">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G261">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G262">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G263">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G264">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G265">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G266">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G267">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G268">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G269">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G270">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G271">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G272">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G273">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G274">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G275">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G276">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G277">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G278">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G279">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G280">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G281">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G282">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G283">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G284">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G285">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G286">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G287">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G288">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G289">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G290">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G291">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G292">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G293">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G294">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G295">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G296">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G297">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G298">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G299">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G300">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G301">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G302">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G303">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G304">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G305">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G306">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G307">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G308">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G309">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G310">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G311">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G312">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G313">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G314">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G315">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G316">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G317">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G318">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G319">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G320">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G321">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G322">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G323">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G324">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G325">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G326">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G327">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G328">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G329">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G330">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G331">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G332">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G333">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G334">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G335">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G336">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G337">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G338">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G339">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G340">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G341">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G342">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G343">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G344">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G345">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G346">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G347">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G348">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G349">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G350">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G351">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G352">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G353">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G354">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G355">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G356">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G357">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G358">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G359">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G360">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G361">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G362">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G363">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G364">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G365">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G366">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G367">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G368">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G369">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G370">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G371">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G372">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G373">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G374">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G375">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G376">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G377">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G378">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G379">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G380">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G381">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G382">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G383">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G384">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G385">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G386">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G387">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G388">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G389">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G390">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G391">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G392">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G393">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G394">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G395">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G396">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G397">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G398">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G399">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G400">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G401">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G402">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G403">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G404">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G405">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G406">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G407">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G408">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G409">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G410">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G411">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G412">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G413">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G414">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G415">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G416">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G417">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G418">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G419">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G420">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G421">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G422">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G423">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G424">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G425">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G426">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G427">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G428">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G429">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G430">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G431">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G432">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G433">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G434">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G435">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G436">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G437">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G438">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G439">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G440">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G441">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G442">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G443">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G444">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G445">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G446">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G447">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G448">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G449">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G450">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G451">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G452">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G453">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G454">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G455">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G456">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G457">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G458">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G459">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G460">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G461">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G462">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G463">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G464">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G465">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G466">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G467">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G468">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G469">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G470">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G471">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G472">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G473">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G474">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G475">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G476">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G477">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G478">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G479">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G480">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G481">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G482">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G483">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G484">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G485">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G486">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G487">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G488">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G489">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G490">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G491">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G492">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G493">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G494">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G495">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G496">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G497">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G498">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="G499">
-      <formula1>data!$B$1:$B$153</formula1>
+      <formula1>data!$B$1:$B$154</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H0">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H1">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H2">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H3">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H4">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H5">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H6">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H7">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
@@ -7942,51 +7945,51 @@
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H499">
       <formula1>data!$C$1:$C$10</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C153"/>
+  <dimension ref="A1:C154"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>8</v>
       </c>
       <c r="B1" t="s">
         <v>9</v>
       </c>
       <c r="C1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>11</v>
       </c>
       <c r="B2" t="s">
         <v>12</v>
       </c>
@@ -8749,50 +8752,55 @@
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="B149" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="B150" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="B151" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="B152" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="B153" t="s">
         <v>172</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="B154" t="s">
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">